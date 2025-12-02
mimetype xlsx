--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -2475,51 +2475,51 @@
   <si>
     <t>Београд, Раковица</t>
   </si>
   <si>
     <t>Љубиша Лазић</t>
   </si>
   <si>
     <t>133.</t>
   </si>
   <si>
     <t>Српско Руски Фронт</t>
   </si>
   <si>
     <t>СРФ</t>
   </si>
   <si>
     <t>3.4.2025.</t>
   </si>
   <si>
     <t>7.5.2025.</t>
   </si>
   <si>
     <t>Добросав Марић</t>
   </si>
   <si>
-    <t>Ажурирано 18.10.2025</t>
+    <t>Ажурирано 02.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000" tint="0"/>