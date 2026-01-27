--- v1 (2025-12-02)
+++ v2 (2026-01-27)
@@ -2475,51 +2475,51 @@
   <si>
     <t>Београд, Раковица</t>
   </si>
   <si>
     <t>Љубиша Лазић</t>
   </si>
   <si>
     <t>133.</t>
   </si>
   <si>
     <t>Српско Руски Фронт</t>
   </si>
   <si>
     <t>СРФ</t>
   </si>
   <si>
     <t>3.4.2025.</t>
   </si>
   <si>
     <t>7.5.2025.</t>
   </si>
   <si>
     <t>Добросав Марић</t>
   </si>
   <si>
-    <t>Ажурирано 02.12.2025</t>
+    <t>Ажурирано 27.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000" tint="0"/>