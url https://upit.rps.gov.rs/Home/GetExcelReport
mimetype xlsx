--- v2 (2026-01-27)
+++ v3 (2026-03-14)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="ИЗВОД ИЗ РЕГИСТРА ПОЛИТИЧКИХ СТ" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="824" uniqueCount="824">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="831">
   <si>
     <t>Министарство државне управе и локалне самоуправе</t>
   </si>
   <si>
     <t>ИЗВОД ИЗ РЕГИСТРА ПОЛИТИЧКИХ СТРАНАКА</t>
   </si>
   <si>
     <t xml:space="preserve">Редни број уписа: </t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t xml:space="preserve">Назив политичке странке: </t>
   </si>
   <si>
     <t>Демократска странка</t>
   </si>
   <si>
     <t xml:space="preserve">Скраћени назив: </t>
   </si>
   <si>
     <t>ДС</t>
   </si>
   <si>
@@ -312,60 +312,60 @@
   <si>
     <t>Српска радикална странка</t>
   </si>
   <si>
     <t>СРС</t>
   </si>
   <si>
     <t>23.2.1991.</t>
   </si>
   <si>
     <t>23.11.2009.</t>
   </si>
   <si>
     <t>Београд, Земун</t>
   </si>
   <si>
     <t>др Војислав Шешељ</t>
   </si>
   <si>
     <t>15.</t>
   </si>
   <si>
     <t>ПОКРЕТ ЗА КРАЉЕВИНУ СРБИЈУ</t>
   </si>
   <si>
-    <t>Монархисти</t>
+    <t>МОНАРХИСТИ</t>
   </si>
   <si>
     <t>10.10.2008.</t>
   </si>
   <si>
     <t>7.12.2009.</t>
   </si>
   <si>
-    <t>Андрија Динић</t>
+    <t>Момир Јелић</t>
   </si>
   <si>
     <t>16.</t>
   </si>
   <si>
     <t>Покрет СНАГА СРБИЈЕ -БК</t>
   </si>
   <si>
     <t>ПСС-БК</t>
   </si>
   <si>
     <t>20.5.2004.</t>
   </si>
   <si>
     <t>Драгомир Карић</t>
   </si>
   <si>
     <t>17.</t>
   </si>
   <si>
     <t>Санџачка народна партија</t>
   </si>
   <si>
     <t>СНП</t>
   </si>
@@ -2475,51 +2475,72 @@
   <si>
     <t>Београд, Раковица</t>
   </si>
   <si>
     <t>Љубиша Лазић</t>
   </si>
   <si>
     <t>133.</t>
   </si>
   <si>
     <t>Српско Руски Фронт</t>
   </si>
   <si>
     <t>СРФ</t>
   </si>
   <si>
     <t>3.4.2025.</t>
   </si>
   <si>
     <t>7.5.2025.</t>
   </si>
   <si>
     <t>Добросав Марић</t>
   </si>
   <si>
-    <t>Ажурирано 27.01.2026</t>
+    <t>134.</t>
+  </si>
+  <si>
+    <t>Странка Руско-Српских Родољуба</t>
+  </si>
+  <si>
+    <t>СРСР</t>
+  </si>
+  <si>
+    <t>25.11.2025.</t>
+  </si>
+  <si>
+    <t>2.3.2026.</t>
+  </si>
+  <si>
+    <t>Крушевац</t>
+  </si>
+  <si>
+    <t>Дејан Банковић</t>
+  </si>
+  <si>
+    <t>Ажурирано 14.03.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000" tint="0"/>
@@ -2542,51 +2563,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="3" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B1144"/>
+  <dimension ref="A1:B1153"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="52.8953857421875" customWidth="1"/>
     <col min="2" max="2" width="107.369514465332" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>3</v>
@@ -10602,34 +10623,98 @@
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B1139" s="0" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B1140" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B1141" s="0" t="s">
         <v>822</v>
       </c>
     </row>
+    <row r="1143">
+      <c r="A1143" s="0" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1143" s="0" t="s">
+        <v>823</v>
+      </c>
+    </row>
     <row r="1144">
-      <c r="B1144" s="1" t="s">
-        <v>823</v>
+      <c r="A1144" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1144" s="2" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1145" s="0" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1146" s="0" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1147" s="0" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1148" s="0" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1149" s="0" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1150" s="0" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="B1153" s="1" t="s">
+        <v>830</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>